--- v0 (2025-12-08)
+++ v1 (2026-02-01)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr date1904="1" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\_General\Annual Communications\Mileage Reimbursement Rate Memos\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FF10B9EA-B793-4B91-94CC-48A11F096F52}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7665B7BA-6BF1-4E75-9221-2A8BBA971DD5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EXPENSE REPORT.xls" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'EXPENSE REPORT.xls'!$A$1:$I$39</definedName>
     <definedName name="to_college" comment="balance owed to college" localSheetId="0">'EXPENSE REPORT.xls'!$L$39</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -222,63 +222,63 @@
   <si>
     <t>ORG</t>
   </si>
   <si>
     <t>ACCOUNT</t>
   </si>
   <si>
     <t xml:space="preserve">PROGRAM </t>
   </si>
   <si>
     <t>AMOUNT</t>
   </si>
   <si>
     <t>***REPORT SHOULD BE SUBMITTED WITHIN 30 DAYS OF RETURN - ATTACH ORIGINAL RECEIPTS***</t>
   </si>
   <si>
     <t>(Complete shaded areas only and attach to Request for Payment)</t>
   </si>
   <si>
     <t>ADVANCE AMOUNT</t>
   </si>
   <si>
     <t xml:space="preserve">CASH ADVANCE VOUCHER OR CHECK NUMBER  </t>
   </si>
   <si>
+    <t>2026 OBERLIN COLLEGE TRAVEL EXPENSE REPORT  2026</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve"> @ 0.70 </t>
+      <t xml:space="preserve"> @ 0.725 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Geneva"/>
       </rPr>
-      <t>(2025 rate)</t>
+      <t>(2026 rate)</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>2025 OBERLIN COLLEGE TRAVEL EXPENSE REPORT  2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#,##0.0000_);[Red]\(#,##0.0000\)"/>
     <numFmt numFmtId="165" formatCode="[$-409]d\-mmm\-yy;@"/>
     <numFmt numFmtId="166" formatCode="mm/dd/yy;@"/>
   </numFmts>
   <fonts count="10">
     <font>
       <sz val="10"/>
       <name val="Geneva"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Geneva"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Geneva"/>
@@ -660,118 +660,118 @@
     <xf numFmtId="8" fontId="2" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="8" fontId="2" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="8" fontId="2" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="8" fontId="2" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="8" fontId="2" fillId="2" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="8" fontId="5" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="8" fontId="2" fillId="2" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="8" fontId="2" fillId="0" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="8" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="8" fontId="5" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="8" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="166" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="8" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="2" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...40 lines deleted...]
-      <alignment horizontal="right" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1048,201 +1048,201 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M39"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A5" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="E25" sqref="E25"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="L26" sqref="L26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="14.85546875" defaultRowHeight="27" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="14.88671875" defaultRowHeight="27" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="27.28515625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="11" max="13" width="14.85546875" style="1"/>
+    <col min="1" max="1" width="27.33203125" customWidth="1"/>
+    <col min="2" max="3" width="14.88671875" customWidth="1"/>
+    <col min="6" max="6" width="14.88671875" customWidth="1"/>
+    <col min="9" max="9" width="14.88671875" customWidth="1"/>
+    <col min="11" max="13" width="14.88671875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" s="4" customFormat="1" ht="27" customHeight="1">
-      <c r="A1" s="66" t="s">
-[...9 lines deleted...]
-      <c r="I1" s="66"/>
+      <c r="A1" s="57" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="57"/>
+      <c r="C1" s="57"/>
+      <c r="D1" s="57"/>
+      <c r="E1" s="57"/>
+      <c r="F1" s="57"/>
+      <c r="G1" s="57"/>
+      <c r="H1" s="57"/>
+      <c r="I1" s="57"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
     </row>
-    <row r="2" spans="1:13" s="4" customFormat="1" ht="20.45" customHeight="1">
-      <c r="A2" s="75" t="s">
+    <row r="2" spans="1:13" s="4" customFormat="1" ht="20.399999999999999" customHeight="1">
+      <c r="A2" s="67" t="s">
         <v>45</v>
       </c>
-      <c r="B2" s="75"/>
-[...6 lines deleted...]
-      <c r="I2" s="75"/>
+      <c r="B2" s="67"/>
+      <c r="C2" s="67"/>
+      <c r="D2" s="67"/>
+      <c r="E2" s="67"/>
+      <c r="F2" s="67"/>
+      <c r="G2" s="67"/>
+      <c r="H2" s="67"/>
+      <c r="I2" s="67"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
     </row>
-    <row r="3" spans="1:13" ht="11.45" customHeight="1" thickBot="1">
-[...8 lines deleted...]
-      <c r="I3" s="67"/>
+    <row r="3" spans="1:13" ht="11.4" customHeight="1" thickBot="1">
+      <c r="A3" s="58"/>
+      <c r="B3" s="58"/>
+      <c r="C3" s="58"/>
+      <c r="D3" s="58"/>
+      <c r="E3" s="58"/>
+      <c r="F3" s="58"/>
+      <c r="G3" s="58"/>
+      <c r="H3" s="58"/>
+      <c r="I3" s="58"/>
     </row>
     <row r="4" spans="1:13" ht="30" customHeight="1" thickBot="1">
       <c r="A4" s="35" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="57"/>
-[...2 lines deleted...]
-      <c r="E4" s="57"/>
+      <c r="B4" s="62"/>
+      <c r="C4" s="62"/>
+      <c r="D4" s="62"/>
+      <c r="E4" s="62"/>
       <c r="F4" s="25" t="s">
         <v>2</v>
       </c>
-      <c r="G4" s="58"/>
-[...1 lines deleted...]
-      <c r="I4" s="59"/>
+      <c r="G4" s="72"/>
+      <c r="H4" s="72"/>
+      <c r="I4" s="73"/>
     </row>
     <row r="5" spans="1:13" ht="30" customHeight="1" thickBot="1">
       <c r="A5" s="35" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="57"/>
-[...6 lines deleted...]
-      <c r="I5" s="71"/>
+      <c r="B5" s="62"/>
+      <c r="C5" s="62"/>
+      <c r="D5" s="62"/>
+      <c r="E5" s="62"/>
+      <c r="F5" s="62"/>
+      <c r="G5" s="62"/>
+      <c r="H5" s="62"/>
+      <c r="I5" s="63"/>
     </row>
     <row r="6" spans="1:13" ht="30" customHeight="1" thickBot="1">
       <c r="A6" s="35" t="s">
         <v>36</v>
       </c>
-      <c r="B6" s="57"/>
-[...6 lines deleted...]
-      <c r="I6" s="71"/>
+      <c r="B6" s="62"/>
+      <c r="C6" s="62"/>
+      <c r="D6" s="62"/>
+      <c r="E6" s="62"/>
+      <c r="F6" s="62"/>
+      <c r="G6" s="62"/>
+      <c r="H6" s="62"/>
+      <c r="I6" s="63"/>
     </row>
     <row r="7" spans="1:13" ht="30" customHeight="1" thickBot="1">
       <c r="A7" s="35" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="25" t="s">
         <v>34</v>
       </c>
-      <c r="C7" s="72"/>
-      <c r="D7" s="72"/>
+      <c r="C7" s="64"/>
+      <c r="D7" s="64"/>
       <c r="E7" s="26" t="s">
         <v>35</v>
       </c>
-      <c r="F7" s="73"/>
-[...2 lines deleted...]
-      <c r="I7" s="74"/>
+      <c r="F7" s="65"/>
+      <c r="G7" s="65"/>
+      <c r="H7" s="65"/>
+      <c r="I7" s="66"/>
     </row>
     <row r="8" spans="1:13" ht="30" customHeight="1" thickBot="1">
       <c r="A8" s="35" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="57"/>
-[...6 lines deleted...]
-      <c r="I8" s="71"/>
+      <c r="B8" s="62"/>
+      <c r="C8" s="62"/>
+      <c r="D8" s="62"/>
+      <c r="E8" s="62"/>
+      <c r="F8" s="62"/>
+      <c r="G8" s="62"/>
+      <c r="H8" s="62"/>
+      <c r="I8" s="63"/>
     </row>
     <row r="9" spans="1:13" ht="30" customHeight="1" thickBot="1">
-      <c r="A9" s="69" t="s">
+      <c r="A9" s="60" t="s">
         <v>37</v>
       </c>
-      <c r="B9" s="70"/>
-[...6 lines deleted...]
-      <c r="I9" s="61"/>
+      <c r="B9" s="61"/>
+      <c r="C9" s="74"/>
+      <c r="D9" s="74"/>
+      <c r="E9" s="74"/>
+      <c r="F9" s="74"/>
+      <c r="G9" s="74"/>
+      <c r="H9" s="74"/>
+      <c r="I9" s="75"/>
     </row>
     <row r="10" spans="1:13" ht="27" customHeight="1" thickBot="1">
-      <c r="A10" s="63" t="s">
+      <c r="A10" s="77" t="s">
         <v>44</v>
       </c>
-      <c r="B10" s="64"/>
-[...5 lines deleted...]
-      <c r="H10" s="65"/>
+      <c r="B10" s="78"/>
+      <c r="C10" s="78"/>
+      <c r="D10" s="78"/>
+      <c r="E10" s="78"/>
+      <c r="F10" s="78"/>
+      <c r="G10" s="78"/>
+      <c r="H10" s="79"/>
       <c r="I10" s="27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="27" customHeight="1" thickBot="1">
       <c r="A11" s="38" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="27" customHeight="1" thickBot="1">
       <c r="A12" s="38" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
@@ -1471,78 +1471,78 @@
       <c r="M23" s="14"/>
     </row>
     <row r="24" spans="1:13" s="5" customFormat="1" ht="27" customHeight="1">
       <c r="A24" s="29" t="s">
         <v>32</v>
       </c>
       <c r="B24" s="48">
         <v>0</v>
       </c>
       <c r="C24" s="48"/>
       <c r="D24" s="48"/>
       <c r="E24" s="48"/>
       <c r="F24" s="48"/>
       <c r="G24" s="48"/>
       <c r="H24" s="48"/>
       <c r="I24" s="40">
         <f>H24+G24+F24+E24+D24+C24+B24</f>
         <v>0</v>
       </c>
       <c r="K24" s="14"/>
       <c r="L24" s="14"/>
       <c r="M24" s="14"/>
     </row>
     <row r="25" spans="1:13" s="5" customFormat="1" ht="33" customHeight="1">
       <c r="A25" s="30" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B25" s="42">
-        <f t="shared" ref="B25:H25" si="1">B24*0.7</f>
+        <f>B24*0.725</f>
         <v>0</v>
       </c>
       <c r="C25" s="42">
-        <f t="shared" si="1"/>
+        <f>C24*0.725</f>
         <v>0</v>
       </c>
       <c r="D25" s="42">
-        <f t="shared" si="1"/>
+        <f>D24*0.725</f>
         <v>0</v>
       </c>
       <c r="E25" s="42">
-        <f t="shared" si="1"/>
+        <f>E24*0.725</f>
         <v>0</v>
       </c>
       <c r="F25" s="42">
-        <f t="shared" si="1"/>
+        <f>F24*0.725</f>
         <v>0</v>
       </c>
       <c r="G25" s="42">
-        <f t="shared" si="1"/>
+        <f>G24*0.725</f>
         <v>0</v>
       </c>
       <c r="H25" s="42">
-        <f t="shared" si="1"/>
+        <f>H24*0.725</f>
         <v>0</v>
       </c>
       <c r="I25" s="39">
         <f>SUM(B25:H25)</f>
         <v>0</v>
       </c>
       <c r="K25" s="14"/>
       <c r="L25" s="14"/>
       <c r="M25" s="14"/>
     </row>
     <row r="26" spans="1:13" s="5" customFormat="1" ht="27" customHeight="1">
       <c r="A26" s="29" t="s">
         <v>26</v>
       </c>
       <c r="B26" s="44"/>
       <c r="C26" s="44"/>
       <c r="D26" s="44"/>
       <c r="E26" s="44"/>
       <c r="F26" s="44"/>
       <c r="G26" s="44"/>
       <c r="H26" s="44"/>
       <c r="I26" s="39">
         <f>SUM(B26:H26)</f>
         <v>0</v>
       </c>
@@ -1588,285 +1588,285 @@
       <c r="A29" s="8"/>
       <c r="B29" s="44"/>
       <c r="C29" s="44"/>
       <c r="D29" s="49"/>
       <c r="E29" s="44"/>
       <c r="F29" s="44"/>
       <c r="G29" s="44"/>
       <c r="H29" s="44"/>
       <c r="I29" s="39">
         <f>SUM(B29:H29)</f>
         <v>0</v>
       </c>
       <c r="K29" s="14"/>
       <c r="L29" s="14"/>
       <c r="M29" s="14"/>
     </row>
     <row r="30" spans="1:13" s="5" customFormat="1" ht="27" customHeight="1">
       <c r="A30" s="29" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="43">
         <f>SUM(B14:B23)+SUM(B25:B29)</f>
         <v>0</v>
       </c>
       <c r="C30" s="43">
-        <f t="shared" ref="C30:H30" si="2">SUM(C14:C23)+SUM(C25:C29)</f>
+        <f t="shared" ref="C30:H30" si="1">SUM(C14:C23)+SUM(C25:C29)</f>
         <v>0</v>
       </c>
       <c r="D30" s="43">
-        <f t="shared" si="2"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="E30" s="43">
-        <f t="shared" si="2"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F30" s="43">
-        <f t="shared" si="2"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G30" s="43">
-        <f t="shared" si="2"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="H30" s="43">
-        <f t="shared" si="2"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I30" s="41">
         <f>SUM(I11:I23)+SUM(I25:I29)</f>
         <v>0</v>
       </c>
       <c r="L30" s="14"/>
       <c r="M30" s="14"/>
     </row>
     <row r="31" spans="1:13" s="5" customFormat="1" ht="27" customHeight="1">
       <c r="A31" s="9"/>
       <c r="B31" s="10"/>
       <c r="C31" s="10"/>
-      <c r="D31" s="78" t="s">
+      <c r="D31" s="70" t="s">
         <v>47</v>
       </c>
-      <c r="E31" s="78"/>
+      <c r="E31" s="70"/>
       <c r="F31" s="10"/>
       <c r="G31" s="10"/>
       <c r="H31" s="10"/>
       <c r="I31" s="11"/>
       <c r="K31" s="1"/>
       <c r="L31" s="14"/>
       <c r="M31" s="14"/>
     </row>
     <row r="32" spans="1:13" s="5" customFormat="1" ht="27" customHeight="1">
       <c r="A32" s="9"/>
       <c r="B32" s="10"/>
       <c r="C32" s="10"/>
-      <c r="D32" s="79"/>
-      <c r="E32" s="79"/>
+      <c r="D32" s="71"/>
+      <c r="E32" s="71"/>
       <c r="F32" s="52"/>
-      <c r="G32" s="68" t="s">
+      <c r="G32" s="59" t="s">
         <v>46</v>
       </c>
-      <c r="H32" s="68"/>
+      <c r="H32" s="59"/>
       <c r="I32" s="53"/>
       <c r="K32" s="16"/>
       <c r="L32" s="14"/>
       <c r="M32" s="14"/>
     </row>
     <row r="33" spans="1:13" s="5" customFormat="1" ht="27" customHeight="1">
-      <c r="A33" s="76" t="s">
+      <c r="A33" s="68" t="s">
         <v>33</v>
       </c>
-      <c r="B33" s="77"/>
-      <c r="C33" s="77"/>
+      <c r="B33" s="69"/>
+      <c r="C33" s="69"/>
       <c r="D33" s="10"/>
       <c r="E33" s="10"/>
       <c r="F33" s="10"/>
-      <c r="G33" s="68" t="s">
+      <c r="G33" s="59" t="s">
         <v>28</v>
       </c>
-      <c r="H33" s="68"/>
+      <c r="H33" s="59"/>
       <c r="I33" s="54">
         <f>IF(I32&gt;I30,I32-I30,0)</f>
         <v>0</v>
       </c>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="14"/>
     </row>
     <row r="34" spans="1:13" s="5" customFormat="1" ht="27" hidden="1" customHeight="1">
-      <c r="A34" s="76"/>
-[...1 lines deleted...]
-      <c r="C34" s="77"/>
+      <c r="A34" s="68"/>
+      <c r="B34" s="69"/>
+      <c r="C34" s="69"/>
       <c r="D34" s="10"/>
       <c r="E34" s="10"/>
       <c r="F34" s="10"/>
       <c r="G34" s="31"/>
       <c r="H34" s="31"/>
       <c r="I34" s="55" t="s">
         <v>29</v>
       </c>
       <c r="K34" s="14"/>
       <c r="L34" s="14"/>
       <c r="M34" s="14"/>
     </row>
-    <row r="35" spans="1:13" s="5" customFormat="1" ht="29.45" customHeight="1">
-[...2 lines deleted...]
-      <c r="C35" s="77"/>
+    <row r="35" spans="1:13" s="5" customFormat="1" ht="29.4" customHeight="1">
+      <c r="A35" s="68"/>
+      <c r="B35" s="69"/>
+      <c r="C35" s="69"/>
       <c r="D35" s="17"/>
       <c r="E35" s="17"/>
       <c r="F35" s="10"/>
-      <c r="G35" s="68" t="s">
+      <c r="G35" s="59" t="s">
         <v>30</v>
       </c>
-      <c r="H35" s="68"/>
+      <c r="H35" s="59"/>
       <c r="I35" s="56">
         <f>IF(I33&gt;0,0,I30-I32)</f>
         <v>0</v>
       </c>
       <c r="K35" s="14"/>
       <c r="L35" s="14"/>
       <c r="M35" s="14"/>
     </row>
-    <row r="36" spans="1:13" s="5" customFormat="1" ht="40.9" customHeight="1">
+    <row r="36" spans="1:13" s="5" customFormat="1" ht="40.950000000000003" customHeight="1">
       <c r="A36" s="34" t="s">
         <v>31</v>
       </c>
-      <c r="B36" s="62"/>
-      <c r="C36" s="62"/>
+      <c r="B36" s="76"/>
+      <c r="C36" s="76"/>
       <c r="D36" s="19"/>
       <c r="E36" s="17"/>
       <c r="F36" s="10"/>
       <c r="G36" s="18"/>
       <c r="H36" s="18"/>
       <c r="I36" s="23"/>
       <c r="K36" s="14"/>
       <c r="L36" s="14"/>
       <c r="M36" s="14"/>
     </row>
-    <row r="37" spans="1:13" s="3" customFormat="1" ht="20.45" customHeight="1">
+    <row r="37" spans="1:13" s="3" customFormat="1" ht="20.399999999999999" customHeight="1">
       <c r="A37" s="24"/>
       <c r="D37" s="21"/>
       <c r="E37" s="32" t="s">
         <v>39</v>
       </c>
       <c r="F37" s="32" t="s">
         <v>40</v>
       </c>
       <c r="G37" s="32" t="s">
         <v>41</v>
       </c>
       <c r="H37" s="32" t="s">
         <v>42</v>
       </c>
       <c r="I37" s="33" t="s">
         <v>43</v>
       </c>
       <c r="J37" s="20"/>
       <c r="K37" s="20"/>
       <c r="L37" s="15"/>
       <c r="M37" s="15"/>
     </row>
     <row r="38" spans="1:13" ht="30" customHeight="1">
       <c r="A38" s="34" t="s">
         <v>38</v>
       </c>
-      <c r="B38" s="62"/>
-      <c r="C38" s="62"/>
+      <c r="B38" s="76"/>
+      <c r="C38" s="76"/>
       <c r="D38" s="21"/>
       <c r="E38" s="49"/>
       <c r="F38" s="49"/>
       <c r="G38" s="49"/>
       <c r="H38" s="49"/>
       <c r="I38" s="37"/>
       <c r="J38" s="10"/>
       <c r="K38" s="22"/>
       <c r="L38" s="14"/>
     </row>
     <row r="39" spans="1:13" ht="30" customHeight="1" thickBot="1">
       <c r="A39" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B39" s="13"/>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="50"/>
       <c r="F39" s="50"/>
       <c r="G39" s="50"/>
       <c r="H39" s="50"/>
       <c r="I39" s="51"/>
       <c r="L39" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="20">
+    <mergeCell ref="C9:I9"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="A10:H10"/>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="G35:H35"/>
     <mergeCell ref="G33:H33"/>
     <mergeCell ref="G32:H32"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="B6:I6"/>
     <mergeCell ref="B5:I5"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="B8:I8"/>
     <mergeCell ref="F7:I7"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A33:C35"/>
     <mergeCell ref="D31:E32"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="G4:I4"/>
-    <mergeCell ref="C9:I9"/>
-[...2 lines deleted...]
-    <mergeCell ref="A10:H10"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLinesSet="0"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="71" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8&amp;YApr93 (updated 02/2011)</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="43" max="65535" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="10" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:A3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultRowHeight="13.2"/>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1">
         <v>190</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2">
         <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" t="str">
         <f>IF(A2&lt;=100,"within budget","over budget")</f>
         <v>within budget</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>